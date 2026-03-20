--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -4,63 +4,52 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7D4E9945" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4B5AF3E9" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vārds: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B4C179E" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
@@ -148,865 +137,900 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="762FFDA4" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>PIETEIKUMA ANKETA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9568ED" w14:textId="77777777" w:rsidR="00E64C3B" w:rsidRPr="00056B9A" w:rsidRDefault="00E64C3B" w:rsidP="00E64C3B">
+    <w:p w14:paraId="726F717A" w14:textId="77777777" w:rsidR="00AC3B57" w:rsidRDefault="00AC3B57" w:rsidP="00E64C3B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B9568ED" w14:textId="198A8726" w:rsidR="00E64C3B" w:rsidRPr="00056B9A" w:rsidRDefault="00E64C3B" w:rsidP="00E64C3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Lūdzu, norādiet informāciju, kas pamato Jūsu iepriekšējās darba pieredzes un kvalifikācijas atbilstību sludinājumā minētajām prasībām.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9061"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00107B12" w:rsidRPr="00056B9A" w14:paraId="5D59AC70" w14:textId="77777777" w:rsidTr="00107B12">
+      <w:tr w:rsidR="00107B12" w:rsidRPr="00AC3B57" w14:paraId="5D59AC70" w14:textId="77777777" w:rsidTr="00107B12">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9061" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AF753E0" w14:textId="77777777" w:rsidR="00107B12" w:rsidRPr="00056B9A" w:rsidRDefault="00107B12" w:rsidP="00D948F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F405609" w14:textId="77777777" w:rsidR="00107B12" w:rsidRPr="00056B9A" w:rsidRDefault="00107B12" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08A3D033" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Darba pieredze:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="925"/>
         <w:gridCol w:w="928"/>
         <w:gridCol w:w="2477"/>
         <w:gridCol w:w="1703"/>
         <w:gridCol w:w="3028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="7D06C16C" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00AC3B57" w14:paraId="7D06C16C" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F76E888" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="0F76E888" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="512" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC35F21" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="5FC35F21" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Līdz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="652557E4" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="652557E4" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Darba vietas nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64A9BD0A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="64A9BD0A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC60218" w14:textId="59DF6357" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="5EC60218" w14:textId="59DF6357" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Amata pienākumi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D4B4E46" w14:textId="5C842252" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="6D4B4E46" w14:textId="5C842252" w:rsidR="00D948F8" w:rsidRPr="00AC3B57" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC3B57">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="006409B3" w:rsidRPr="00056B9A">
+            <w:r w:rsidR="006409B3" w:rsidRPr="00AC3B57">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>kas saistoši konkrētajam amatam, uz kuru pretendējat, t.sk.</w:t>
             </w:r>
-            <w:r w:rsidR="00056B9A">
+            <w:r w:rsidR="00056B9A" w:rsidRPr="00AC3B57">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="006409B3" w:rsidRPr="00056B9A">
+            <w:r w:rsidR="006409B3" w:rsidRPr="00AC3B57">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>pieredzi darbā ar konkrētajām sistēmām, programmām</w:t>
             </w:r>
-            <w:r w:rsidRPr="00056B9A">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00AC3B57">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="0716AFAE" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00AC3B57" w14:paraId="0716AFAE" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07373EF4" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="512" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D76CDB6" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BEAC5E" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE73F55" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="647567A9" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="51BAA557" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00AC3B57" w14:paraId="51BAA557" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5E62FB" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="512" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C07F693" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="788B3280" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1D552F" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7359A923" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="21792E07" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00AC3B57" w14:paraId="21792E07" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0065DDBD" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="512" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF85B0C" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C9CED2" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7110595A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B40D6B2" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="1F075A82" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00AC3B57" w14:paraId="1F075A82" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E78155" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="512" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C597BF7" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF55D4A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6308C050" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C6B47F" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="6EC7F82E" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00AC3B57" w14:paraId="6EC7F82E" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7827F60E" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="512" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30176635" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB8C11F" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D568C7" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64215BB4" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0888FD37" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
+    <w:p w14:paraId="67D2CFD6" w14:textId="77777777" w:rsidR="00AC3B57" w:rsidRPr="00AC3B57" w:rsidRDefault="00AC3B57" w:rsidP="00D948F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0888FD37" w14:textId="2B6BF640" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Izglītība:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1839"/>
         <w:gridCol w:w="3306"/>
         <w:gridCol w:w="2089"/>
         <w:gridCol w:w="1827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="572FD4A2" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="572FD4A2" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A66EE3E" w14:textId="773F7E5B" w:rsidR="006409B3" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="0A66EE3E" w14:textId="773F7E5B" w:rsidR="006409B3" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Mācību iestāde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29CE6A09" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="29CE6A09" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Iegūtā specialitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F54D402" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="6EC6A6DF" w14:textId="0C22EB8E" w:rsidR="006409B3" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Līmenis/grāds</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EC6A6DF" w14:textId="291DEF41" w:rsidR="006409B3" w:rsidRPr="00056B9A" w:rsidRDefault="006409B3" w:rsidP="00056B9A">
-[...9 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55FC9D6A" w14:textId="48DDB524" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="55FC9D6A" w14:textId="48DDB524" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Pabeig</w:t>
             </w:r>
             <w:r w:rsidR="00E64C3B" w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1038,1005 +1062,1081 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidR="00A444F0" w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ads</w:t>
             </w:r>
             <w:r w:rsidR="00E64C3B" w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="167E5551" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="167E5551" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FD1E9F" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="698C9672" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="517487B4" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E86DAA1" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="0D963335" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="0D963335" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="079BBD9A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC560C2" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1DEBF0" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F11A9A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="3DDABCC1" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="3DDABCC1" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="563720A4" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEC09C0" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="493EB9E1" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="066DD03F" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="1E3C80A0" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="1E3C80A0" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8816FA" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE626A5" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E658020" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F132F3" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="1A7C2B69" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="1A7C2B69" w14:textId="77777777" w:rsidTr="00AA3A02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1014" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="121F46C8" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EB132A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="594B080D" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E80B3BD" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AA3A02">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="289A1524" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
+    <w:p w14:paraId="412643D7" w14:textId="77777777" w:rsidR="00AC3B57" w:rsidRDefault="00AC3B57" w:rsidP="00D948F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="289A1524" w14:textId="1D7C35BD" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Papildus izglītība:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4530"/>
         <w:gridCol w:w="4531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="1C97FE59" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="1C97FE59" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A29D02F" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="3A29D02F" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Mācību iestādes nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71246733" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+          <w:p w14:paraId="71246733" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Apgūtā programma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="5DAE5D1A" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="5DAE5D1A" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0568B0" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="008DDEF0" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="72EB6CCA" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="72EB6CCA" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="053685F7" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BE19AB" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="195019B0" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="195019B0" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB98003" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0370CC09" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="67154693" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="67154693" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F6330E" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="701169D0" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="6FF8BDBD" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="6FF8BDBD" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3641528A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03084982" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="349400BC" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
+    <w:p w14:paraId="0D6A0B2B" w14:textId="77777777" w:rsidR="00AC3B57" w:rsidRDefault="00AC3B57" w:rsidP="00D948F8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="349400BC" w14:textId="74056113" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Prasmes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2318"/>
         <w:gridCol w:w="6743"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="5C087A0D" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="5C087A0D" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6042068F" w14:textId="328DC3A7" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00554226" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pārvaldes </w:t>
+            </w:r>
+            <w:r w:rsidR="00E64C3B" w:rsidRPr="00056B9A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>lēmumu sagatavošana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3721" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6002872C" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00491647" w:rsidRPr="00056B9A" w14:paraId="516E37A0" w14:textId="77777777" w:rsidTr="00AD20C5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7227713F" w14:textId="12ED6955" w:rsidR="00491647" w:rsidRPr="00056B9A" w:rsidRDefault="00E64C3B" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Administratīvo lēmumu sagatavošana</w:t>
-[...39 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Autotransporta vadīšanas prasmes (ir apliecība)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3721" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3063B6" w14:textId="77777777" w:rsidR="00491647" w:rsidRPr="00056B9A" w:rsidRDefault="00491647" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="41B1E323" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="41B1E323" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="041BFB50" w14:textId="6950BD3F" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Sociālās</w:t>
             </w:r>
             <w:r w:rsidR="00E64C3B" w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> prasmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3721" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4084CCCE" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="6FED021C" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="6FED021C" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6063898F" w14:textId="0372E1E5" w:rsidR="00E261E9" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Organizatoriskās</w:t>
             </w:r>
             <w:r w:rsidR="00E64C3B" w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> prasmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3721" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65A1169A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="37833B07" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="37833B07" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7276E926" w14:textId="2736FC1E" w:rsidR="00E261E9" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Datora lietošanas</w:t>
             </w:r>
             <w:r w:rsidR="00E261E9" w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> prasmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3721" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DB561B" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="0E6A5D1C" w14:textId="77777777" w:rsidTr="00056B9A">
+      <w:tr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w14:paraId="0E6A5D1C" w14:textId="77777777" w:rsidTr="00AD20C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="407C40A1" w14:textId="69F2EB3A" w:rsidR="00E261E9" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Citas</w:t>
             </w:r>
             <w:r w:rsidR="00E64C3B" w:rsidRPr="00056B9A">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> prasmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3721" w:type="pct"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C82618" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00AD20C5">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F390BDA" w14:textId="77777777" w:rsidR="00AB6C98" w:rsidRPr="00056B9A" w:rsidRDefault="00AB6C98" w:rsidP="00AB6C98">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5481A613" w14:textId="640281C3" w:rsidR="00AB6C98" w:rsidRPr="00056B9A" w:rsidRDefault="00AB6C98" w:rsidP="00AB6C98">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="5481A613" w14:textId="383B2E70" w:rsidR="00AB6C98" w:rsidRPr="00056B9A" w:rsidRDefault="00AB6C98" w:rsidP="00AB6C98">
+      <w:pPr>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Piesakoties ierēdņa amatam, </w:t>
       </w:r>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>es apliecinu, ka atbilstu</w:t>
       </w:r>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Valsts civildienesta likuma 7.pantā minētajām pretendentam izvirzītajām obligātajām prasībām:</w:t>
+        <w:t xml:space="preserve"> Valsts civildienesta likuma 7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC3B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pantā minētajām pretendentam izvirzītajām obligātajām prasībām:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCD095D" w14:textId="77777777" w:rsidR="00AB6C98" w:rsidRPr="00056B9A" w:rsidRDefault="00AB6C98" w:rsidP="00AB6C98">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30ECDBD3" w14:textId="367AE0B0" w:rsidR="00AB6C98" w:rsidRPr="00056B9A" w:rsidRDefault="00AB6C98" w:rsidP="00056B9A">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0" w:line="293" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:sz w:val="28"/>
@@ -2294,544 +2394,552 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Šā panta 4.punkts neattiecas uz personu, kura pretendē uz ierēdņa amatu, kas ir vakants uz noteiktu laiku.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2182AE5A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F17C75A" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Šajā pieteikuma anketā Jūsu sniegtā informācija tiks apstrādāta, ievērojot fizisko personu datu aizsardzību regulējošo normatīvo aktu prasības un tiks izmantota tikai šajā atlases procesā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E47D084" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
+        <w:pStyle w:val="Bezatstarpm"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34172581" w14:textId="77777777" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00D948F8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Atceries! Izglītības dokumentu, dažādu sertifikātu un diplomu kopijas pieteikuma dokumentiem pievienot nav nepieciešams!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F05E69D" w14:textId="77777777" w:rsidR="00107B12" w:rsidRPr="00056B9A" w:rsidRDefault="00107B12" w:rsidP="00D948F8">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0" w:line="293" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F23AF2D" w14:textId="090168D6" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
+    <w:p w14:paraId="0F23AF2D" w14:textId="452356D2" w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidRDefault="00D948F8" w:rsidP="00056B9A">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0" w:line="293" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00056B9A">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Aizpildot pieteikuma anketu, atbildu par ietverto ziņu pareizību.</w:t>
+        <w:t>Aizpildot pieteikuma anketu, atbildu</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD20C5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (apliecinu)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00056B9A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par ietverto ziņu pareizību.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D948F8" w:rsidRPr="00056B9A" w:rsidSect="002C65F7">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360" w:charSpace="-6145"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="135192B1" w14:textId="77777777" w:rsidR="00CF468B" w:rsidRDefault="00CF468B">
+    <w:p w14:paraId="4500831C" w14:textId="77777777" w:rsidR="00A62F25" w:rsidRDefault="00A62F25">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F67DBEE" w14:textId="77777777" w:rsidR="00CF468B" w:rsidRDefault="00CF468B">
+    <w:p w14:paraId="4221C767" w14:textId="77777777" w:rsidR="00A62F25" w:rsidRDefault="00A62F25">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9170" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblCellMar>
         <w:left w:w="103" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1467"/>
       <w:gridCol w:w="6235"/>
       <w:gridCol w:w="1468"/>
     </w:tblGrid>
     <w:tr w:rsidR="00FF68A6" w:rsidRPr="0036376F" w14:paraId="51753F86" w14:textId="77777777" w:rsidTr="007B5899">
       <w:trPr>
         <w:trHeight w:val="416"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1467" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:left w:w="103" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="1440EEFD" w14:textId="77777777" w:rsidR="002C5CCF" w:rsidRPr="0036376F" w:rsidRDefault="00D948F8">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0036376F">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
             <w:t>15</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
             <w:t>F10</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6235" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:left w:w="103" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="1A1D1004" w14:textId="7412ADAB" w:rsidR="002C5CCF" w:rsidRPr="0036376F" w:rsidRDefault="00056B9A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="399"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
             <w:t>VTUA</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1468" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:left w:w="103" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="67FC3474" w14:textId="77777777" w:rsidR="002C5CCF" w:rsidRPr="0036376F" w:rsidRDefault="002C5CCF">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1A12DB69" w14:textId="77777777" w:rsidR="002C5CCF" w:rsidRDefault="002C5CCF">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9170" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblCellMar>
         <w:left w:w="103" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="844"/>
       <w:gridCol w:w="6858"/>
       <w:gridCol w:w="1468"/>
     </w:tblGrid>
     <w:tr w:rsidR="00FF68A6" w14:paraId="0FB8922B" w14:textId="77777777" w:rsidTr="007B5899">
       <w:trPr>
         <w:trHeight w:val="416"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="844" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:left w:w="103" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="520CEBFD" w14:textId="301661CC" w:rsidR="002C5CCF" w:rsidRDefault="00D948F8">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
             <w:t>15F</w:t>
           </w:r>
           <w:r w:rsidR="00107B12">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
             <w:t>10</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6858" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:left w:w="103" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="54C618C8" w14:textId="4B4D804A" w:rsidR="002C5CCF" w:rsidRDefault="00056B9A">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="399"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:lang w:val="lv-LV"/>
             </w:rPr>
             <w:t>VTUA</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1468" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:left w:w="103" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="4EB1A29F" w14:textId="77777777" w:rsidR="002C5CCF" w:rsidRDefault="002C5CCF">
           <w:pPr>
-            <w:pStyle w:val="Header"/>
+            <w:pStyle w:val="Galvene"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="36CC3E62" w14:textId="77777777" w:rsidR="002C5CCF" w:rsidRDefault="002C5CCF">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F4B5153" w14:textId="77777777" w:rsidR="00CF468B" w:rsidRDefault="00CF468B">
+    <w:p w14:paraId="6CBEEF55" w14:textId="77777777" w:rsidR="00A62F25" w:rsidRDefault="00A62F25">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A2EC4BF" w14:textId="77777777" w:rsidR="00CF468B" w:rsidRDefault="00CF468B">
+    <w:p w14:paraId="6A259D61" w14:textId="77777777" w:rsidR="00A62F25" w:rsidRDefault="00A62F25">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:id w:val="1261184300"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="67040BF1" w14:textId="77777777" w:rsidR="002C5CCF" w:rsidRPr="002C65F7" w:rsidRDefault="00D948F8">
         <w:pPr>
-          <w:pStyle w:val="Header"/>
+          <w:pStyle w:val="Galvene"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="002C65F7">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="002C65F7">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="002C65F7">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="002C65F7">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="002C65F7">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="214AF80A" w14:textId="77777777" w:rsidR="002C5CCF" w:rsidRDefault="002C5CCF">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7AD3D8DD" w14:textId="77777777" w:rsidR="002C5CCF" w:rsidRDefault="002C5CCF">
     <w:pPr>
       <w:pStyle w:val="naisf"/>
       <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0"/>
       <w:ind w:firstLine="34"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EC378FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62E2FDF6"/>
     <w:lvl w:ilvl="0" w:tplc="04260011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3088,130 +3196,142 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1710258940">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="350911781">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="817038597">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D948F8"/>
     <w:rsid w:val="00056B9A"/>
     <w:rsid w:val="0009117E"/>
+    <w:rsid w:val="000E1A6B"/>
     <w:rsid w:val="00107B12"/>
     <w:rsid w:val="00127900"/>
+    <w:rsid w:val="00233019"/>
     <w:rsid w:val="002C5CCF"/>
     <w:rsid w:val="003144EF"/>
     <w:rsid w:val="00400333"/>
     <w:rsid w:val="00491647"/>
     <w:rsid w:val="004B15BD"/>
+    <w:rsid w:val="00554226"/>
     <w:rsid w:val="006409B3"/>
+    <w:rsid w:val="007F70A7"/>
     <w:rsid w:val="0081248D"/>
+    <w:rsid w:val="008B0DC3"/>
     <w:rsid w:val="008D7B2A"/>
     <w:rsid w:val="009045A2"/>
     <w:rsid w:val="009E2CA1"/>
     <w:rsid w:val="00A444F0"/>
+    <w:rsid w:val="00A62F25"/>
+    <w:rsid w:val="00AA3A02"/>
     <w:rsid w:val="00AB6C98"/>
+    <w:rsid w:val="00AC3B57"/>
+    <w:rsid w:val="00AD20C5"/>
     <w:rsid w:val="00BD4E8E"/>
     <w:rsid w:val="00CD1E4A"/>
     <w:rsid w:val="00CD3580"/>
     <w:rsid w:val="00CF468B"/>
+    <w:rsid w:val="00D22CF5"/>
     <w:rsid w:val="00D948F8"/>
     <w:rsid w:val="00E261E9"/>
     <w:rsid w:val="00E64C3B"/>
+    <w:rsid w:val="00ED6263"/>
+    <w:rsid w:val="00F61FC1"/>
     <w:rsid w:val="00FB058E"/>
     <w:rsid w:val="00FF5CC2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6F2714E2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{052F2043-6B04-4142-B990-30835AB7471E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3561,268 +3681,268 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D948F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="00000A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
-[...2 lines deleted...]
-    <w:link w:val="NoSpacing"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BezatstarpmRakstz">
+    <w:name w:val="Bez atstarpēm Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Bezatstarpm"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D948F8"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00D948F8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00D948F8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D948F8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="auto"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar1">
     <w:name w:val="Header Char1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D948F8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="00000A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D948F8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="auto"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar1">
     <w:name w:val="Footer Char1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D948F8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="00000A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
     <w:name w:val="No Spacing"/>
-    <w:link w:val="NoSpacingChar"/>
+    <w:link w:val="BezatstarpmRakstz"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D948F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00D948F8"/>
     <w:pPr>
       <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00D948F8"/>
     <w:pPr>
       <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00D948F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006409B3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -4088,76 +4208,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1373</Words>
-  <Characters>784</Characters>
+  <Words>1380</Words>
+  <Characters>787</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2153</CharactersWithSpaces>
+  <CharactersWithSpaces>2163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Veneranda Urtāne</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>